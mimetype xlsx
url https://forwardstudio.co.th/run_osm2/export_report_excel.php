--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -8973,51 +8973,51 @@
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="3">
         <v>14</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>119</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>120</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>121</v>
       </c>
       <c r="G18" s="3">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="3">
         <v>3570500986681</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>122</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>123</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M18" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>33</v>
       </c>
@@ -9607,51 +9607,51 @@
       </c>
       <c r="Q29" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="3">
         <v>26</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>187</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>188</v>
       </c>
       <c r="G30" s="3">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I30" s="3">
         <v>3570400622840</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>189</v>
       </c>
       <c r="K30" s="3" t="s">
         <v>190</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M30" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N30" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>61</v>
       </c>
@@ -9870,51 +9870,51 @@
       </c>
       <c r="Q34" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="3">
         <v>31</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>214</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>216</v>
       </c>
       <c r="G35" s="3">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="3">
         <v>3560300644876</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>217</v>
       </c>
       <c r="K35" s="3" t="s">
         <v>92</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M35" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N35" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>61</v>
       </c>
@@ -10082,51 +10082,51 @@
       </c>
       <c r="Q38" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="3">
         <v>35</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>237</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>238</v>
       </c>
       <c r="G39" s="3">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I39" s="3">
         <v>1841500059570</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>239</v>
       </c>
       <c r="K39" s="3" t="s">
         <v>196</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M39" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>61</v>
       </c>
@@ -10400,51 +10400,51 @@
       </c>
       <c r="Q44" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="3">
         <v>41</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>271</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>272</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>273</v>
       </c>
       <c r="G45" s="3">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I45" s="3">
         <v>3560700276963</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>274</v>
       </c>
       <c r="K45" s="3" t="s">
         <v>275</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N45" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>61</v>
       </c>
@@ -10559,51 +10559,51 @@
       </c>
       <c r="Q47" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="3">
         <v>44</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>289</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>291</v>
       </c>
       <c r="G48" s="3">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="3">
         <v>3520500032823</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>292</v>
       </c>
       <c r="K48" s="3"/>
       <c r="L48" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M48" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N48" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>61</v>
       </c>
       <c r="P48" s="3">
         <v>300.0</v>
@@ -10820,51 +10820,51 @@
       </c>
       <c r="Q52" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="3">
         <v>49</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>319</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>320</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>321</v>
       </c>
       <c r="G53" s="3">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I53" s="3">
         <v>1570500214844</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>322</v>
       </c>
       <c r="K53" s="3" t="s">
         <v>323</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M53" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N53" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>33</v>
       </c>
@@ -11615,51 +11615,51 @@
       </c>
       <c r="Q67" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="3">
         <v>64</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>410</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>412</v>
       </c>
       <c r="G68" s="3">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I68" s="3">
         <v>2560500011241</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>413</v>
       </c>
       <c r="K68" s="3" t="s">
         <v>414</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M68" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>33</v>
       </c>
@@ -11984,51 +11984,51 @@
       </c>
       <c r="Q74" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75" s="3">
         <v>71</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>451</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>452</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>453</v>
       </c>
       <c r="G75" s="3">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="3">
         <v>3579900338227</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>454</v>
       </c>
       <c r="K75" s="3" t="s">
         <v>455</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M75" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N75" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>33</v>
       </c>
@@ -12726,51 +12726,51 @@
       </c>
       <c r="Q88" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89" s="3">
         <v>85</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>530</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>531</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>532</v>
       </c>
       <c r="G89" s="3">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I89" s="3">
         <v>3560700002502</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>533</v>
       </c>
       <c r="K89" s="3"/>
       <c r="L89" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M89" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N89" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>61</v>
       </c>
       <c r="P89" s="3">
         <v>300.0</v>
@@ -13038,51 +13038,51 @@
       </c>
       <c r="Q94" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95" s="3">
         <v>91</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>562</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>563</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>564</v>
       </c>
       <c r="G95" s="3">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="3">
         <v>3569900232119</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>565</v>
       </c>
       <c r="K95" s="3" t="s">
         <v>566</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M95" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N95" s="3" t="s">
         <v>101</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>61</v>
       </c>
@@ -13778,51 +13778,51 @@
       </c>
       <c r="Q108" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="3">
         <v>105</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>644</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>645</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>646</v>
       </c>
       <c r="G109" s="3">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="3">
         <v>3520500032475</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>647</v>
       </c>
       <c r="K109" s="3" t="s">
         <v>648</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M109" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N109" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>61</v>
       </c>
@@ -14096,51 +14096,51 @@
       </c>
       <c r="Q114" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="3">
         <v>111</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>679</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>680</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>681</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>682</v>
       </c>
       <c r="G115" s="3">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I115" s="3">
         <v>3560100158064</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>683</v>
       </c>
       <c r="K115" s="3" t="s">
         <v>684</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N115" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O115" s="3" t="s">
         <v>33</v>
       </c>
@@ -14202,51 +14202,51 @@
       </c>
       <c r="Q116" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="3">
         <v>113</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>691</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>692</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>693</v>
       </c>
       <c r="G117" s="3">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I117" s="3">
         <v>3560100603696</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>694</v>
       </c>
       <c r="K117" s="3" t="s">
         <v>695</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M117" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N117" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>61</v>
       </c>
@@ -14520,51 +14520,51 @@
       </c>
       <c r="Q122" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123" s="3">
         <v>119</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>727</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>532</v>
       </c>
       <c r="G123" s="3">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="3">
         <v>3570501240357</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>729</v>
       </c>
       <c r="K123" s="3" t="s">
         <v>730</v>
       </c>
       <c r="L123" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M123" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N123" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O123" s="3" t="s">
         <v>33</v>
       </c>
@@ -14624,51 +14624,51 @@
       </c>
       <c r="Q124" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125" s="3">
         <v>121</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>737</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>739</v>
       </c>
       <c r="G125" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I125" s="3">
         <v>1567700054481</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>740</v>
       </c>
       <c r="K125" s="3"/>
       <c r="L125" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M125" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N125" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O125" s="3" t="s">
         <v>61</v>
       </c>
       <c r="P125" s="3">
         <v>300.0</v>
@@ -15046,51 +15046,51 @@
       </c>
       <c r="Q132" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133" s="3">
         <v>129</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>781</v>
       </c>
       <c r="C133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>782</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>783</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>784</v>
       </c>
       <c r="G133" s="3">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H133" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I133" s="3">
         <v>3560500600554</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>785</v>
       </c>
       <c r="K133" s="3" t="s">
         <v>786</v>
       </c>
       <c r="L133" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M133" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N133" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O133" s="3" t="s">
         <v>61</v>
       </c>
@@ -15150,51 +15150,51 @@
       </c>
       <c r="Q134" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135" s="3">
         <v>131</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>792</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>793</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>794</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>795</v>
       </c>
       <c r="G135" s="3">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H135" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I135" s="3">
         <v>3520500085897</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>796</v>
       </c>
       <c r="K135" s="3" t="s">
         <v>797</v>
       </c>
       <c r="L135" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M135" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N135" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O135" s="3" t="s">
         <v>61</v>
       </c>
@@ -16259,51 +16259,51 @@
       </c>
       <c r="Q155" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156" s="3">
         <v>152</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>911</v>
       </c>
       <c r="C156" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>912</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>914</v>
       </c>
       <c r="G156" s="3">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I156" s="3">
         <v>3570100420354</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>915</v>
       </c>
       <c r="K156" s="3" t="s">
         <v>916</v>
       </c>
       <c r="L156" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M156" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N156" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>33</v>
       </c>
@@ -16946,51 +16946,51 @@
       </c>
       <c r="Q168" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169" s="3">
         <v>165</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>988</v>
       </c>
       <c r="C169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>989</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>990</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>991</v>
       </c>
       <c r="G169" s="3">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I169" s="3">
         <v>1560301526382</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>992</v>
       </c>
       <c r="K169" s="3" t="s">
         <v>993</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M169" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N169" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O169" s="3" t="s">
         <v>61</v>
       </c>
@@ -17105,51 +17105,51 @@
       </c>
       <c r="Q171" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172" s="3">
         <v>168</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="C172" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>972</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="G172" s="3">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I172" s="3">
         <v>3520500041407</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="K172" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M172" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N172" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>61</v>
       </c>
@@ -17158,51 +17158,51 @@
       </c>
       <c r="Q172" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173" s="3">
         <v>169</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C173" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="G173" s="3">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I173" s="3">
         <v>3560300952295</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="K173" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M173" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N173" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O173" s="3" t="s">
         <v>61</v>
       </c>
@@ -17582,104 +17582,104 @@
       </c>
       <c r="Q180" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181" s="3">
         <v>177</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="C181" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>1054</v>
       </c>
       <c r="G181" s="3">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="I181" s="3">
         <v>1470500009354</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="K181" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M181" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N181" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P181" s="3">
         <v>300.0</v>
       </c>
       <c r="Q181" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182" s="3">
         <v>178</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="C182" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="G182" s="3">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H182" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I182" s="3">
         <v>1570800022932</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="K182" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L182" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M182" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N182" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O182" s="3" t="s">
         <v>33</v>
       </c>
@@ -17794,51 +17794,51 @@
       </c>
       <c r="Q184" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185" s="3">
         <v>181</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="C185" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="G185" s="3">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H185" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I185" s="3">
         <v>1640900067741</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="K185" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L185" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M185" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N185" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O185" s="3" t="s">
         <v>33</v>
       </c>
@@ -18165,51 +18165,51 @@
       </c>
       <c r="Q191" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192" s="3">
         <v>188</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>1103</v>
       </c>
       <c r="C192" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>1105</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="G192" s="3">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H192" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I192" s="3">
         <v>1560101624925</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="K192" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L192" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M192" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N192" s="3" t="s">
         <v>101</v>
       </c>
       <c r="O192" s="3" t="s">
         <v>61</v>
       </c>
@@ -18483,51 +18483,51 @@
       </c>
       <c r="Q197" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198" s="3">
         <v>194</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="C198" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="G198" s="3">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I198" s="3">
         <v>3570500014329</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="K198" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M198" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N198" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>33</v>
       </c>
@@ -18642,51 +18642,51 @@
       </c>
       <c r="Q200" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201" s="3">
         <v>197</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="C201" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="G201" s="3">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H201" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I201" s="3">
         <v>3570200522078</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="K201" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L201" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M201" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N201" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O201" s="3" t="s">
         <v>61</v>
       </c>
@@ -18748,51 +18748,51 @@
       </c>
       <c r="Q202" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203" s="3">
         <v>199</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>1159</v>
       </c>
       <c r="C203" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>914</v>
       </c>
       <c r="G203" s="3">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H203" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I203" s="3">
         <v>3571000344363</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="K203" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M203" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N203" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O203" s="3" t="s">
         <v>61</v>
       </c>
@@ -18801,51 +18801,51 @@
       </c>
       <c r="Q203" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204" s="3">
         <v>200</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>1163</v>
       </c>
       <c r="C204" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>1164</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="G204" s="3">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H204" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I204" s="3">
         <v>1500900145611</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="K204" s="3" t="s">
         <v>41</v>
       </c>
       <c r="L204" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M204" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N204" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O204" s="3" t="s">
         <v>61</v>
       </c>
@@ -19433,51 +19433,51 @@
       </c>
       <c r="Q215" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216" s="3">
         <v>212</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="C216" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="G216" s="3">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H216" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I216" s="3">
         <v>3560500577021</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="K216" s="3" t="s">
         <v>1234</v>
       </c>
       <c r="L216" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M216" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N216" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O216" s="3" t="s">
         <v>61</v>
       </c>
@@ -19486,51 +19486,51 @@
       </c>
       <c r="Q216" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217" s="3">
         <v>213</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="C217" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>1237</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="G217" s="3">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H217" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I217" s="3">
         <v>5560700021406</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>1239</v>
       </c>
       <c r="K217" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="L217" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M217" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N217" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O217" s="3" t="s">
         <v>33</v>
       </c>
@@ -19592,51 +19592,51 @@
       </c>
       <c r="Q218" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219" s="3">
         <v>215</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="C219" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>1248</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>919</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>1249</v>
       </c>
       <c r="G219" s="3">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H219" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I219" s="3">
         <v>3569966639556</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="K219" s="3" t="s">
         <v>922</v>
       </c>
       <c r="L219" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M219" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N219" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O219" s="3" t="s">
         <v>61</v>
       </c>
@@ -19961,51 +19961,51 @@
       </c>
       <c r="Q225" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226" s="3">
         <v>222</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="C226" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="G226" s="3">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H226" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I226" s="3">
         <v>1560600067843</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="K226" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="L226" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M226" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N226" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O226" s="3" t="s">
         <v>61</v>
       </c>
@@ -20014,51 +20014,51 @@
       </c>
       <c r="Q226" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227" s="3">
         <v>223</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="C227" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="G227" s="3">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H227" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I227" s="3">
         <v>3560500433976</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>1295</v>
       </c>
       <c r="K227" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="L227" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M227" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N227" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O227" s="3" t="s">
         <v>61</v>
       </c>
@@ -20279,51 +20279,51 @@
       </c>
       <c r="Q231" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232" s="3">
         <v>228</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>1316</v>
       </c>
       <c r="C232" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>1318</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>1319</v>
       </c>
       <c r="G232" s="3">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H232" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I232" s="3">
         <v>1560101571201</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="K232" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="L232" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M232" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N232" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O232" s="3" t="s">
         <v>61</v>
       </c>
@@ -20385,51 +20385,51 @@
       </c>
       <c r="Q233" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234" s="3">
         <v>230</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="C234" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>995</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="G234" s="3">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I234" s="3">
         <v>1560100374275</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>1330</v>
       </c>
       <c r="K234" s="3" t="s">
         <v>1331</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M234" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N234" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O234" s="3" t="s">
         <v>61</v>
       </c>
@@ -20595,51 +20595,51 @@
       </c>
       <c r="Q237" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238" s="3">
         <v>234</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>1346</v>
       </c>
       <c r="C238" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="G238" s="3">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H238" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I238" s="3">
         <v>3560500648044</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="K238" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="L238" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M238" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N238" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O238" s="3" t="s">
         <v>61</v>
       </c>
@@ -21390,51 +21390,51 @@
       </c>
       <c r="Q252" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253" s="3">
         <v>249</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>1426</v>
       </c>
       <c r="C253" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>1427</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>1429</v>
       </c>
       <c r="G253" s="3">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I253" s="3">
         <v>1600100401808</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>1430</v>
       </c>
       <c r="K253" s="3" t="s">
         <v>1431</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M253" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N253" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O253" s="3" t="s">
         <v>61</v>
       </c>
@@ -22026,51 +22026,51 @@
       </c>
       <c r="Q264" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265" s="3">
         <v>261</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>1491</v>
       </c>
       <c r="C265" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>1492</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>1493</v>
       </c>
       <c r="F265" s="3" t="s">
         <v>1494</v>
       </c>
       <c r="G265" s="3">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H265" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I265" s="3">
         <v>3560600137678</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="K265" s="3" t="s">
         <v>1496</v>
       </c>
       <c r="L265" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M265" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N265" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O265" s="3" t="s">
         <v>33</v>
       </c>
@@ -22079,51 +22079,51 @@
       </c>
       <c r="Q265" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266" s="3">
         <v>262</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>1491</v>
       </c>
       <c r="C266" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>1497</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>885</v>
       </c>
       <c r="F266" s="3" t="s">
         <v>1498</v>
       </c>
       <c r="G266" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H266" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I266" s="3">
         <v>1579901567665</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>1499</v>
       </c>
       <c r="K266" s="3" t="s">
         <v>1500</v>
       </c>
       <c r="L266" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M266" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N266" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O266" s="3" t="s">
         <v>61</v>
       </c>
@@ -22238,51 +22238,51 @@
       </c>
       <c r="Q268" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269" s="3">
         <v>265</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>1507</v>
       </c>
       <c r="C269" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>1513</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>1514</v>
       </c>
       <c r="F269" s="3" t="s">
         <v>1515</v>
       </c>
       <c r="G269" s="3">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H269" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I269" s="3">
         <v>1580400107493</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="K269" s="3" t="s">
         <v>1391</v>
       </c>
       <c r="L269" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M269" s="3" t="s">
         <v>93</v>
       </c>
       <c r="N269" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O269" s="3" t="s">
         <v>33</v>
       </c>
@@ -22344,51 +22344,51 @@
       </c>
       <c r="Q270" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271" s="3">
         <v>267</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>1523</v>
       </c>
       <c r="C271" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>1524</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>1525</v>
       </c>
       <c r="F271" s="3" t="s">
         <v>1526</v>
       </c>
       <c r="G271" s="3">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H271" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I271" s="3">
         <v>3570101381859</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>1527</v>
       </c>
       <c r="K271" s="3" t="s">
         <v>229</v>
       </c>
       <c r="L271" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M271" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N271" s="3" t="s">
         <v>101</v>
       </c>
       <c r="O271" s="3" t="s">
         <v>33</v>
       </c>
@@ -22503,51 +22503,51 @@
       </c>
       <c r="Q273" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274" s="3">
         <v>270</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>1538</v>
       </c>
       <c r="C274" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>1539</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>1540</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>1541</v>
       </c>
       <c r="G274" s="3">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H274" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I274" s="3">
         <v>1129902303193</v>
       </c>
       <c r="J274" s="3" t="s">
         <v>1542</v>
       </c>
       <c r="K274" s="3" t="s">
         <v>1543</v>
       </c>
       <c r="L274" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M274" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N274" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O274" s="3" t="s">
         <v>61</v>
       </c>
@@ -22662,51 +22662,51 @@
       </c>
       <c r="Q276" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277" s="3">
         <v>273</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>1555</v>
       </c>
       <c r="C277" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>1556</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1557</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>1558</v>
       </c>
       <c r="G277" s="3">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H277" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I277" s="3">
         <v>3500900317060</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>1559</v>
       </c>
       <c r="K277" s="3" t="s">
         <v>1560</v>
       </c>
       <c r="L277" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M277" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N277" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O277" s="3" t="s">
         <v>61</v>
       </c>
@@ -22874,51 +22874,51 @@
       </c>
       <c r="Q280" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281" s="3">
         <v>277</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>1576</v>
       </c>
       <c r="C281" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>1577</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>1578</v>
       </c>
       <c r="F281" s="3" t="s">
         <v>1579</v>
       </c>
       <c r="G281" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H281" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I281" s="3">
         <v>1570800087929</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>1580</v>
       </c>
       <c r="K281" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="L281" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M281" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N281" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O281" s="3" t="s">
         <v>33</v>
       </c>
@@ -23031,51 +23031,51 @@
       </c>
       <c r="Q283" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284" s="3">
         <v>280</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>1586</v>
       </c>
       <c r="C284" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>1592</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F284" s="3" t="s">
         <v>1594</v>
       </c>
       <c r="G284" s="3">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H284" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I284" s="3">
         <v>3510101050640</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>1595</v>
       </c>
       <c r="K284" s="3" t="s">
         <v>1596</v>
       </c>
       <c r="L284" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M284" s="3" t="s">
         <v>336</v>
       </c>
       <c r="N284" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O284" s="3" t="s">
         <v>33</v>
       </c>
@@ -23190,51 +23190,51 @@
       </c>
       <c r="Q286" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287" s="3">
         <v>283</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>1608</v>
       </c>
       <c r="C287" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>1609</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>1610</v>
       </c>
       <c r="F287" s="3" t="s">
         <v>1611</v>
       </c>
       <c r="G287" s="3">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H287" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I287" s="3">
         <v>3560100378033</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>1612</v>
       </c>
       <c r="K287" s="3" t="s">
         <v>1613</v>
       </c>
       <c r="L287" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M287" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N287" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O287" s="3" t="s">
         <v>33</v>
       </c>
@@ -23822,51 +23822,51 @@
       </c>
       <c r="Q298" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299" s="3">
         <v>295</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="C299" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>1671</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>1672</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>1673</v>
       </c>
       <c r="G299" s="3">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H299" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I299" s="3">
         <v>1709900669055</v>
       </c>
       <c r="J299" s="3" t="s">
         <v>1674</v>
       </c>
       <c r="K299" s="3" t="s">
         <v>1675</v>
       </c>
       <c r="L299" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M299" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N299" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O299" s="3" t="s">
         <v>61</v>
       </c>
@@ -24295,51 +24295,51 @@
       </c>
       <c r="Q307" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308" s="3">
         <v>304</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>1718</v>
       </c>
       <c r="C308" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>1719</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F308" s="3" t="s">
         <v>1720</v>
       </c>
       <c r="G308" s="3">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H308" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I308" s="3">
         <v>3570100656871</v>
       </c>
       <c r="J308" s="3" t="s">
         <v>1721</v>
       </c>
       <c r="K308" s="3" t="s">
         <v>1722</v>
       </c>
       <c r="L308" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M308" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N308" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>61</v>
       </c>
@@ -24878,51 +24878,51 @@
       </c>
       <c r="Q318" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319" s="3">
         <v>315</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>1779</v>
       </c>
       <c r="C319" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>1780</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="F319" s="3" t="s">
         <v>1781</v>
       </c>
       <c r="G319" s="3">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H319" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I319" s="3">
         <v>3579900223705</v>
       </c>
       <c r="J319" s="3" t="s">
         <v>1782</v>
       </c>
       <c r="K319" s="3" t="s">
         <v>1783</v>
       </c>
       <c r="L319" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M319" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N319" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O319" s="3" t="s">
         <v>33</v>
       </c>
@@ -25090,51 +25090,51 @@
       </c>
       <c r="Q322" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="323" spans="1:17">
       <c r="A323" s="3">
         <v>319</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>1794</v>
       </c>
       <c r="C323" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>1799</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>1800</v>
       </c>
       <c r="F323" s="3" t="s">
         <v>1801</v>
       </c>
       <c r="G323" s="3">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H323" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I323" s="3">
         <v>1509901238505</v>
       </c>
       <c r="J323" s="3" t="s">
         <v>1802</v>
       </c>
       <c r="K323" s="3" t="s">
         <v>1803</v>
       </c>
       <c r="L323" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M323" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N323" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O323" s="3" t="s">
         <v>61</v>
       </c>
@@ -25249,51 +25249,51 @@
       </c>
       <c r="Q325" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="326" spans="1:17">
       <c r="A326" s="3">
         <v>322</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>1814</v>
       </c>
       <c r="C326" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>1815</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>1816</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>1817</v>
       </c>
       <c r="G326" s="3">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H326" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I326" s="3">
         <v>3570800318731</v>
       </c>
       <c r="J326" s="3" t="s">
         <v>1818</v>
       </c>
       <c r="K326" s="3" t="s">
         <v>1819</v>
       </c>
       <c r="L326" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M326" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N326" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O326" s="3" t="s">
         <v>33</v>
       </c>
@@ -25620,51 +25620,51 @@
       </c>
       <c r="Q332" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333" s="3">
         <v>329</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>1852</v>
       </c>
       <c r="C333" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>1853</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1854</v>
       </c>
       <c r="F333" s="3" t="s">
         <v>1855</v>
       </c>
       <c r="G333" s="3">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H333" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I333" s="3">
         <v>3560300230303</v>
       </c>
       <c r="J333" s="3" t="s">
         <v>1856</v>
       </c>
       <c r="K333" s="3" t="s">
         <v>1857</v>
       </c>
       <c r="L333" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M333" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N333" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O333" s="3" t="s">
         <v>61</v>
       </c>
@@ -25673,51 +25673,51 @@
       </c>
       <c r="Q333" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334" s="3">
         <v>330</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>1852</v>
       </c>
       <c r="C334" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>1858</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1859</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>1860</v>
       </c>
       <c r="G334" s="3">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H334" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I334" s="3">
         <v>1567700019316</v>
       </c>
       <c r="J334" s="3" t="s">
         <v>1861</v>
       </c>
       <c r="K334" s="3" t="s">
         <v>1862</v>
       </c>
       <c r="L334" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M334" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N334" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O334" s="3" t="s">
         <v>61</v>
       </c>
@@ -25885,54 +25885,54 @@
       </c>
       <c r="Q337" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338" s="3">
         <v>334</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>1871</v>
       </c>
       <c r="C338" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>1876</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1877</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>1878</v>
       </c>
       <c r="G338" s="3">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H338" s="3" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="I338" s="3">
         <v>1560100023073</v>
       </c>
       <c r="J338" s="3" t="s">
         <v>1879</v>
       </c>
       <c r="K338" s="3" t="s">
         <v>1880</v>
       </c>
       <c r="L338" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M338" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N338" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O338" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P338" s="3">
         <v>300.0</v>
       </c>
@@ -26044,51 +26044,51 @@
       </c>
       <c r="Q340" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341" s="3">
         <v>337</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>1887</v>
       </c>
       <c r="C341" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>1893</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1725</v>
       </c>
       <c r="F341" s="3" t="s">
         <v>1894</v>
       </c>
       <c r="G341" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H341" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I341" s="3">
         <v>3500900750090</v>
       </c>
       <c r="J341" s="3" t="s">
         <v>1895</v>
       </c>
       <c r="K341" s="3" t="s">
         <v>1896</v>
       </c>
       <c r="L341" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M341" s="3" t="s">
         <v>573</v>
       </c>
       <c r="N341" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O341" s="3" t="s">
         <v>61</v>
       </c>
@@ -26415,51 +26415,51 @@
       </c>
       <c r="Q347" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348" s="3">
         <v>344</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>1921</v>
       </c>
       <c r="C348" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D348" s="3" t="s">
         <v>1922</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1923</v>
       </c>
       <c r="F348" s="3" t="s">
         <v>1924</v>
       </c>
       <c r="G348" s="3">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H348" s="3" t="s">
         <v>132</v>
       </c>
       <c r="I348" s="3">
         <v>1579901318444</v>
       </c>
       <c r="J348" s="3" t="s">
         <v>1925</v>
       </c>
       <c r="K348" s="3" t="s">
         <v>1926</v>
       </c>
       <c r="L348" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M348" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N348" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O348" s="3" t="s">
         <v>33</v>
       </c>
@@ -26994,51 +26994,51 @@
       </c>
       <c r="Q358" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359" s="3">
         <v>355</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>1974</v>
       </c>
       <c r="C359" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>1979</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="F359" s="3" t="s">
         <v>1515</v>
       </c>
       <c r="G359" s="3">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H359" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I359" s="3">
         <v>1570100093322</v>
       </c>
       <c r="J359" s="3" t="s">
         <v>1980</v>
       </c>
       <c r="K359" s="3" t="s">
         <v>1981</v>
       </c>
       <c r="L359" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M359" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N359" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O359" s="3" t="s">
         <v>61</v>
       </c>
@@ -27789,51 +27789,51 @@
       </c>
       <c r="Q373" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374" s="3">
         <v>370</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>2049</v>
       </c>
       <c r="C374" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>2055</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>2056</v>
       </c>
       <c r="F374" s="3" t="s">
         <v>2057</v>
       </c>
       <c r="G374" s="3">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H374" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I374" s="3">
         <v>1102001847863</v>
       </c>
       <c r="J374" s="3" t="s">
         <v>2058</v>
       </c>
       <c r="K374" s="3" t="s">
         <v>2059</v>
       </c>
       <c r="L374" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M374" s="3" t="s">
         <v>1619</v>
       </c>
       <c r="N374" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O374" s="3" t="s">
         <v>33</v>
       </c>
@@ -28213,51 +28213,51 @@
       </c>
       <c r="Q381" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382" s="3">
         <v>378</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>2099</v>
       </c>
       <c r="C382" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D382" s="3" t="s">
         <v>2100</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>2101</v>
       </c>
       <c r="F382" s="3" t="s">
         <v>2102</v>
       </c>
       <c r="G382" s="3">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H382" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I382" s="3">
         <v>1570500014993</v>
       </c>
       <c r="J382" s="3" t="s">
         <v>2103</v>
       </c>
       <c r="K382" s="3" t="s">
         <v>2104</v>
       </c>
       <c r="L382" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M382" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N382" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O382" s="3" t="s">
         <v>33</v>
       </c>
@@ -28319,51 +28319,51 @@
       </c>
       <c r="Q383" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384" s="3">
         <v>380</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>2105</v>
       </c>
       <c r="C384" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>2110</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>2111</v>
       </c>
       <c r="F384" s="3" t="s">
         <v>2112</v>
       </c>
       <c r="G384" s="3">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H384" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I384" s="3">
         <v>3560300683570</v>
       </c>
       <c r="J384" s="3" t="s">
         <v>2113</v>
       </c>
       <c r="K384" s="3" t="s">
         <v>2114</v>
       </c>
       <c r="L384" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M384" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N384" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O384" s="3" t="s">
         <v>61</v>
       </c>
@@ -28372,51 +28372,51 @@
       </c>
       <c r="Q384" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385" s="3">
         <v>381</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>2115</v>
       </c>
       <c r="C385" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D385" s="3" t="s">
         <v>1815</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>2116</v>
       </c>
       <c r="F385" s="3" t="s">
         <v>2117</v>
       </c>
       <c r="G385" s="3">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H385" s="3" t="s">
         <v>27</v>
       </c>
       <c r="I385" s="3">
         <v>3560500214425</v>
       </c>
       <c r="J385" s="3" t="s">
         <v>2118</v>
       </c>
       <c r="K385" s="3" t="s">
         <v>2119</v>
       </c>
       <c r="L385" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M385" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N385" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O385" s="3" t="s">
         <v>61</v>
       </c>
@@ -29008,51 +29008,51 @@
       </c>
       <c r="Q396" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="397" spans="1:17">
       <c r="A397" s="3">
         <v>393</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>2175</v>
       </c>
       <c r="C397" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>2176</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>2177</v>
       </c>
       <c r="F397" s="3" t="s">
         <v>2178</v>
       </c>
       <c r="G397" s="3">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H397" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I397" s="3">
         <v>1560300110077</v>
       </c>
       <c r="J397" s="3" t="s">
         <v>2179</v>
       </c>
       <c r="K397" s="3" t="s">
         <v>2180</v>
       </c>
       <c r="L397" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M397" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N397" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O397" s="3" t="s">
         <v>61</v>
       </c>
@@ -29061,51 +29061,51 @@
       </c>
       <c r="Q397" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="398" spans="1:17">
       <c r="A398" s="3">
         <v>394</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>2181</v>
       </c>
       <c r="C398" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D398" s="3" t="s">
         <v>2182</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>2183</v>
       </c>
       <c r="F398" s="3" t="s">
         <v>2184</v>
       </c>
       <c r="G398" s="3">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H398" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I398" s="3">
         <v>1560101608849</v>
       </c>
       <c r="J398" s="3" t="s">
         <v>2185</v>
       </c>
       <c r="K398" s="3" t="s">
         <v>2186</v>
       </c>
       <c r="L398" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M398" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N398" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O398" s="3" t="s">
         <v>33</v>
       </c>
@@ -30117,54 +30117,54 @@
       </c>
       <c r="Q417" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="418" spans="1:17">
       <c r="A418" s="3">
         <v>414</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>2280</v>
       </c>
       <c r="C418" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D418" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>651</v>
       </c>
       <c r="F418" s="3" t="s">
         <v>2282</v>
       </c>
       <c r="G418" s="3">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H418" s="3" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I418" s="3">
         <v>3321001024470</v>
       </c>
       <c r="J418" s="3" t="s">
         <v>2283</v>
       </c>
       <c r="K418" s="3" t="s">
         <v>654</v>
       </c>
       <c r="L418" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M418" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N418" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O418" s="3" t="s">
         <v>33</v>
       </c>
       <c r="P418" s="3">
         <v>300.0</v>
       </c>
@@ -30223,51 +30223,51 @@
       </c>
       <c r="Q419" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="420" spans="1:17">
       <c r="A420" s="3">
         <v>416</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>2289</v>
       </c>
       <c r="C420" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>2290</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>2291</v>
       </c>
       <c r="F420" s="3" t="s">
         <v>2292</v>
       </c>
       <c r="G420" s="3">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H420" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I420" s="3">
         <v>1240401158191</v>
       </c>
       <c r="J420" s="3" t="s">
         <v>2293</v>
       </c>
       <c r="K420" s="3" t="s">
         <v>2294</v>
       </c>
       <c r="L420" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M420" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N420" s="3" t="s">
         <v>43</v>
       </c>
       <c r="O420" s="3" t="s">
         <v>33</v>
       </c>
@@ -30647,51 +30647,51 @@
       </c>
       <c r="Q427" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="428" spans="1:17">
       <c r="A428" s="3">
         <v>424</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>2330</v>
       </c>
       <c r="C428" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>2331</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>2332</v>
       </c>
       <c r="F428" s="3" t="s">
         <v>2333</v>
       </c>
       <c r="G428" s="3">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H428" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I428" s="3">
         <v>1560100146515</v>
       </c>
       <c r="J428" s="3" t="s">
         <v>2334</v>
       </c>
       <c r="K428" s="3" t="s">
         <v>2335</v>
       </c>
       <c r="L428" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M428" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N428" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O428" s="3" t="s">
         <v>61</v>
       </c>
@@ -31811,51 +31811,51 @@
       </c>
       <c r="Q449" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="450" spans="1:17">
       <c r="A450" s="3">
         <v>446</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>2439</v>
       </c>
       <c r="C450" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D450" s="3" t="s">
         <v>2445</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>1826</v>
       </c>
       <c r="F450" s="3" t="s">
         <v>2446</v>
       </c>
       <c r="G450" s="3">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H450" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I450" s="3">
         <v>3560300263562</v>
       </c>
       <c r="J450" s="3" t="s">
         <v>2447</v>
       </c>
       <c r="K450" s="3" t="s">
         <v>1829</v>
       </c>
       <c r="L450" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M450" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N450" s="3" t="s">
         <v>54</v>
       </c>
       <c r="O450" s="3" t="s">
         <v>33</v>
       </c>
@@ -31917,51 +31917,51 @@
       </c>
       <c r="Q451" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="452" spans="1:17">
       <c r="A452" s="3">
         <v>448</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>2454</v>
       </c>
       <c r="C452" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>2455</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>399</v>
       </c>
       <c r="F452" s="3" t="s">
         <v>2456</v>
       </c>
       <c r="G452" s="3">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H452" s="3" t="s">
         <v>250</v>
       </c>
       <c r="I452" s="3">
         <v>1560100404361</v>
       </c>
       <c r="J452" s="3" t="s">
         <v>2457</v>
       </c>
       <c r="K452" s="3" t="s">
         <v>2458</v>
       </c>
       <c r="L452" s="3" t="s">
         <v>52</v>
       </c>
       <c r="M452" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N452" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O452" s="3" t="s">
         <v>61</v>
       </c>
@@ -32553,51 +32553,51 @@
       </c>
       <c r="Q463" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="464" spans="1:17">
       <c r="A464" s="3">
         <v>460</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>2512</v>
       </c>
       <c r="C464" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>2518</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="F464" s="3" t="s">
         <v>2519</v>
       </c>
       <c r="G464" s="3">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H464" s="3" t="s">
         <v>98</v>
       </c>
       <c r="I464" s="3">
         <v>1570700127465</v>
       </c>
       <c r="J464" s="3" t="s">
         <v>2520</v>
       </c>
       <c r="K464" s="3" t="s">
         <v>2521</v>
       </c>
       <c r="L464" s="3" t="s">
         <v>42</v>
       </c>
       <c r="M464" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N464" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O464" s="3" t="s">
         <v>61</v>
       </c>